--- v0 (2025-11-01)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a8df96b78ff46a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbed240ebd3f413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c0d076408874df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5cad3305a484d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb268374a8a02418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c0d076408874df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f7754a27204ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5cad3305a484d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZP54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>14,304</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>