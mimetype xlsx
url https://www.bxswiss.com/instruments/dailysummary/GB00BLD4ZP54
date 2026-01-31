--- v1 (2026-01-06)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbed240ebd3f413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R879596c48d674720" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5cad3305a484d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R862cfb2f090f4cfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f7754a27204ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5cad3305a484d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b04c20c302e426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R862cfb2f090f4cfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZP54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>11,468</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,539</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>12,202</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>