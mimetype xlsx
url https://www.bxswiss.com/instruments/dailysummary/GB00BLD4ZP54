--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R879596c48d674720" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c65f10a14ec4f27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R862cfb2f090f4cfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a7964e426e14478"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b04c20c302e426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R862cfb2f090f4cfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R996ebb4027604f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a7964e426e14478" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZP54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>