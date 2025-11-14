--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeaa2bed14414b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b15abb00654355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R064ccf5dcd1d453d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd68811f03dc84877"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8524181c9ce84704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R064ccf5dcd1d453d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19fa75417f114e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd68811f03dc84877" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZN31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>90,491</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>