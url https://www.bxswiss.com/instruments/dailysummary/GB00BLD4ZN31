--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b15abb00654355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re71625edffe949d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd68811f03dc84877"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1b647c926ba45ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19fa75417f114e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd68811f03dc84877" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde58265aed0a46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1b647c926ba45ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZN31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>71,523</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>