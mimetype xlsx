--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re71625edffe949d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde9817911994ee9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1b647c926ba45ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5aa7a3505ac4f49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde58265aed0a46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1b647c926ba45ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3d0e0727904f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5aa7a3505ac4f49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZN31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,647</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>56,023</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>