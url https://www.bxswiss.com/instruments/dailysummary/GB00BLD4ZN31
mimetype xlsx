--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde9817911994ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa01a89bb9824e6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5aa7a3505ac4f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R855714b7536748e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3d0e0727904f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5aa7a3505ac4f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf30c9d1500ec43d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R855714b7536748e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZN31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>63,373</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>