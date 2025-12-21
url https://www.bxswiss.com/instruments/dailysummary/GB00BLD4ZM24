--- v0 (2025-10-08)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe30f01c01434ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re227206dcf0a485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re280ecc9042f461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d38b9f3981d46f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a56d568e9da4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re280ecc9042f461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c30dd3b4c94c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d38b9f3981d46f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical  Staked Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZM24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>107,378</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>