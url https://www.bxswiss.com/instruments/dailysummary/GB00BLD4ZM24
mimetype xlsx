--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re227206dcf0a485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b63d80203b54403" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d38b9f3981d46f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa56ff74c4f4ed7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c30dd3b4c94c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d38b9f3981d46f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb285d0ee56684baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa56ff74c4f4ed7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical  Staked Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZM24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>71,436</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>