--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b63d80203b54403" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R599d4f73936f4c3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa56ff74c4f4ed7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde367ac8a84841d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb285d0ee56684baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa56ff74c4f4ed7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4dc145d1c184163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde367ac8a84841d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical  Staked Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZM24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>50,282</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,047</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>46,485</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...235 lines deleted...]
-          <x:t>45,781</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>