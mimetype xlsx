--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2400e279bb5b4860" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209fd4d291d14bf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra685982d38ec4c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc69b286e37114c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06312aeaa0b407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra685982d38ec4c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdfeed073b54659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc69b286e37114c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZL17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>