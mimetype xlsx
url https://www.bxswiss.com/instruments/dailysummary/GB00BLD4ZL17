--- v1 (2025-10-25)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209fd4d291d14bf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a05e87032784652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc69b286e37114c94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e5f882ccc164b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdfeed073b54659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc69b286e37114c94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ae05ecaafd246f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e5f882ccc164b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZL17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,762</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>