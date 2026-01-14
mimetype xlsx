--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a05e87032784652" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R726eb61bfd7244f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e5f882ccc164b01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77847a8a6ac840d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ae05ecaafd246f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e5f882ccc164b01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc607efcb2bd94c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77847a8a6ac840d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZL17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>69,003</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>66,799</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>