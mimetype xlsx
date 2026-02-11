--- v3 (2026-01-14)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R726eb61bfd7244f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73369555f384f20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77847a8a6ac840d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R341cc36a795e4aca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc607efcb2bd94c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77847a8a6ac840d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be1be692420458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R341cc36a795e4aca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZL17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>71,883</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,702</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>69,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>