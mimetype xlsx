--- v4 (2026-02-11)
+++ v5 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73369555f384f20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19810de149c4b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R341cc36a795e4aca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ec5e53e79f4b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be1be692420458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R341cc36a795e4aca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a353937e9934147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ec5e53e79f4b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZL17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>49,467</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>