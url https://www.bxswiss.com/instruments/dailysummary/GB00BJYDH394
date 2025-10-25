--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0cb6f9754af4de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43ca5886ea54c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdf9f9eac79c4e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9f0ba78e604501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb2746e0d354977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdf9f9eac79c4e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R831e00560a654535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9f0ba78e604501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>34,277</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,382</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>34,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>