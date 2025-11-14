--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43ca5886ea54c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bca7ab408de4b3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9f0ba78e604501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f04564be2b84eb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R831e00560a654535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9f0ba78e604501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1da880f30e5442bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f04564be2b84eb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>