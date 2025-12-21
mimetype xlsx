--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bca7ab408de4b3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd97211a534764e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f04564be2b84eb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317ade845ab44a1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1da880f30e5442bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f04564be2b84eb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe3e6e4cc5d4be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317ade845ab44a1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>26,259</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>