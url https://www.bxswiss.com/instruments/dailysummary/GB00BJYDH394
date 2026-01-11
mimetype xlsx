--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd97211a534764e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3bf38a0de274d99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317ade845ab44a1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a01a6dd44a4473"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe3e6e4cc5d4be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317ade845ab44a1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra34608d1c2dc47b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a01a6dd44a4473" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>25,087</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,170</x:t>
-[...274 lines deleted...]
-          <x:t>23,365</x:t>
+          <x:t>25,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>