--- v4 (2026-01-11)
+++ v5 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3bf38a0de274d99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37dc07dd806240fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a01a6dd44a4473"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85f8391b8a9f42d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra34608d1c2dc47b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a01a6dd44a4473" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1ddcdcbff2042d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85f8391b8a9f42d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>