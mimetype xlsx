--- v5 (2026-01-31)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37dc07dd806240fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fdd00b8177b4c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85f8391b8a9f42d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra64fd23ce14f4fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1ddcdcbff2042d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85f8391b8a9f42d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd96aa9a5f0c042d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra64fd23ce14f4fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>