--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fdd00b8177b4c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575fecc8d8404f1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra64fd23ce14f4fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e3dacda43f4137"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd96aa9a5f0c042d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra64fd23ce14f4fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74df73411a84a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e3dacda43f4137" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Ethereum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>14,533</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>14,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,538</x:t>
-[...16 lines deleted...]
-          <x:t>15,759</x:t>
+          <x:t>14,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,594</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>15,576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...127 lines deleted...]
-          <x:t>14,955</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>