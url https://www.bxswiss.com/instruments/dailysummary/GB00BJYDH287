--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b6ed7bb03d420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271483d3a78a401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced3583275434fad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2854ace4bb74a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53eaff374dc14d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced3583275434fad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbefe7936a416455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2854ace4bb74a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,420</x:t>
-[...576 lines deleted...]
-          <x:t>23,089</x:t>
+          <x:t>21,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>