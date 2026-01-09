--- v1 (2025-10-31)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271483d3a78a401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra89596ddbf074cd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2854ace4bb74a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37649a095f24237"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbefe7936a416455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2854ace4bb74a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028de47c4e6a4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37649a095f24237" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>20,738</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>