--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra89596ddbf074cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc916589f4af84616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37649a095f24237"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceb67da28cc5441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028de47c4e6a4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37649a095f24237" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R430c3de0c38c4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceb67da28cc5441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>