--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc916589f4af84616" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0014ac31b4094a09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceb67da28cc5441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b411dc03f0427d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R430c3de0c38c4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceb67da28cc5441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7226abdbab9f40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b411dc03f0427d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>