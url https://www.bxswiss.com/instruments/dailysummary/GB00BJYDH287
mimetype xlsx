--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0014ac31b4094a09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2e381425b5a4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b411dc03f0427d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1df6be018a624d22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7226abdbab9f40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b411dc03f0427d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2608f15390049cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1df6be018a624d22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>13,355</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,652</x:t>
-[...11 lines deleted...]
-          <x:t>12,027</x:t>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>12,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,412</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>12,479</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>