--- v0 (2025-10-11)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6b5b581b12f488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcff4be805834742" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b8e82527aa4df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a9bb0f10584d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4188f01999134ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b8e82527aa4df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68581c566d24eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a9bb0f10584d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Water ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0014002CH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,242</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,272</x:t>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,267</x:t>
-[...75 lines deleted...]
-          <x:t>6,166</x:t>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,172</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>6,230</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>