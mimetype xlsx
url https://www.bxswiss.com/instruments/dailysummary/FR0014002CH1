--- v1 (2026-01-01)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcff4be805834742" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea58fa818e04aec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a9bb0f10584d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153395ec429942df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68581c566d24eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a9bb0f10584d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0192ce556445cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153395ec429942df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Water ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0014002CH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,245</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,202</x:t>
-[...490 lines deleted...]
-          <x:t>6,172</x:t>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>