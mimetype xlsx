--- v2 (2026-02-13)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea58fa818e04aec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70d4ca0f6d94c5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153395ec429942df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5d0e041a4174145"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0192ce556445cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153395ec429942df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3218ed4a2eb948ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5d0e041a4174145" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Water ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0014002CH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>6,384</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,350</x:t>
-[...70 lines deleted...]
-          <x:t>6,478</x:t>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,451</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...364 lines deleted...]
-          <x:t>6,391</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,349</x:t>
-[...166 lines deleted...]
-          <x:t>6,525</x:t>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>