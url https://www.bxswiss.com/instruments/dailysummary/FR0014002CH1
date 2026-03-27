--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70d4ca0f6d94c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b247793c6a44525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5d0e041a4174145"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e06dff7e77a459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3218ed4a2eb948ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5d0e041a4174145" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f97934607b8450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e06dff7e77a459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Water ESG Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0014002CH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...31 lines deleted...]
-          <x:t>6,391</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,349</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>6,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>