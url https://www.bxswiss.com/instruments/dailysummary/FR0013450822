--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf99387ae411548c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91f4cf6cc004053" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f090df03af54c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5b24c9e2f3444d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf75d3e22034ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f090df03af54c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abd9439ad244a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5b24c9e2f3444d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Credit Mutue 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0013450822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,510</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>93,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,545</x:t>
-[...232 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>93,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,530</x:t>
-[...21 lines deleted...]
-          <x:t>93,495</x:t>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,470</x:t>
-[...124 lines deleted...]
-          <x:t>93,550</x:t>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,515</x:t>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>93,610</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>93,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,660</x:t>
-[...4 lines deleted...]
-          <x:t>93,695</x:t>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>