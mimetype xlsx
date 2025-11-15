--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91f4cf6cc004053" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde7bdae327e24947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5b24c9e2f3444d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R352cb913f642420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4abd9439ad244a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5b24c9e2f3444d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b81233a34fc4ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R352cb913f642420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Credit Mutue 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0013450822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>93,750</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,720</x:t>
-[...11 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>93,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,890</x:t>
-[...225 lines deleted...]
-          <x:t>93,935</x:t>
+          <x:t>93,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>