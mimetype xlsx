--- v2 (2025-11-15)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde7bdae327e24947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd85b752ae734843" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R352cb913f642420a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd89294311c643cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b81233a34fc4ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R352cb913f642420a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a97e09e25aa41f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd89294311c643cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Credit Mutue 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0013450822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>93,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,820</x:t>
-[...16 lines deleted...]
-          <x:t>93,925</x:t>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,895</x:t>
-[...11 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,090</x:t>
-[...4 lines deleted...]
-          <x:t>94,020</x:t>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>94,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>93,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>