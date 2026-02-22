--- v3 (2026-01-16)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd85b752ae734843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c2e498687c4624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd89294311c643cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571c6128463d4e26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a97e09e25aa41f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd89294311c643cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc12d2dbca9f44e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571c6128463d4e26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Credit Mutue 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0013450822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>94,075</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,060</x:t>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,135</x:t>
-[...4 lines deleted...]
-          <x:t>94,105</x:t>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>94,060</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>