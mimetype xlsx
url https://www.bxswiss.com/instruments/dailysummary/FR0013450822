--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c2e498687c4624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R861510b46105448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571c6128463d4e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R013a0d0757aa46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc12d2dbca9f44e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571c6128463d4e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reab08a1666a14d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R013a0d0757aa46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Credit Mutue 28</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0013450822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>94,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,120</x:t>
-[...11 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,200</x:t>
-[...576 lines deleted...]
-          <x:t>94,600</x:t>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>