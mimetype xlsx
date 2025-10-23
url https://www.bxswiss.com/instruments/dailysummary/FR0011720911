--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a37e95aeb143df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2356216938473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27776f2a1eaa4324"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d8c617f50894620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ef28242db047f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27776f2a1eaa4324" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R626f5edc73b349c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d8c617f50894620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011720911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,270</x:t>
-[...603 lines deleted...]
-          <x:t>148,932</x:t>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>