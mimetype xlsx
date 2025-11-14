--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2356216938473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40878b911d5647b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d8c617f50894620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdeaedc06c7a4e9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R626f5edc73b349c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d8c617f50894620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f80529c0d64ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdeaedc06c7a4e9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011720911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>