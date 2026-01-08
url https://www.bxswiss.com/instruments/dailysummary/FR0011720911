--- v2 (2025-11-14)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40878b911d5647b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdac92ec769948b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdeaedc06c7a4e9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77a86b1a921a489f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f80529c0d64ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdeaedc06c7a4e9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb29857d23de44e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77a86b1a921a489f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011720911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>149,132</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>