--- v3 (2026-01-08)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdac92ec769948b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dca6c42167d4327" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77a86b1a921a489f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59d8509c2b80444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb29857d23de44e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77a86b1a921a489f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f0ac4637024c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59d8509c2b80444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011720911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>155,308</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>