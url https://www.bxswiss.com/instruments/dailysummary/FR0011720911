--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dca6c42167d4327" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab911317bb854e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59d8509c2b80444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafdfcf6c07e34eb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f0ac4637024c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59d8509c2b80444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62bd2f10592548d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafdfcf6c07e34eb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011720911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,567</x:t>
-[...4 lines deleted...]
-          <x:t>151,521</x:t>
+          <x:t>153,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,822</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>152,258</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>