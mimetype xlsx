--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb143c2aa463a4a9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31eef24f5c74b7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b62099081b6478e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R776f3cb5e5f546fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbb4eeb81acf485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b62099081b6478e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7d63cc605b42ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R776f3cb5e5f546fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011669845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>