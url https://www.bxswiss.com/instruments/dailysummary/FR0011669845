--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc31eef24f5c74b7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e07dcc35a4646eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R776f3cb5e5f546fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a83fbe494884508"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7d63cc605b42ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R776f3cb5e5f546fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0865c22720fd46be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a83fbe494884508" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011669845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,572</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>296,678</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>