--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e07dcc35a4646eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f0195c08514bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a83fbe494884508"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bdb7a8a2fd4283"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0865c22720fd46be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a83fbe494884508" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b809f9839545e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bdb7a8a2fd4283" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011669845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>299,726</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>298,340</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>