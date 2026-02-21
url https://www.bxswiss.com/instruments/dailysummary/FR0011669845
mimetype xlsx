--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f0195c08514bc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7205a228f6464271" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bdb7a8a2fd4283"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c72a41653fe4e18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b809f9839545e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bdb7a8a2fd4283" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5baf2938b3224c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c72a41653fe4e18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011669845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>305,456</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>