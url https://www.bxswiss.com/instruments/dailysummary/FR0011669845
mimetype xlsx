--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7205a228f6464271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00f3f1eb52043a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c72a41653fe4e18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a03b997eda4264"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5baf2938b3224c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c72a41653fe4e18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18d9c7c751c744fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a03b997eda4264" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011669845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>