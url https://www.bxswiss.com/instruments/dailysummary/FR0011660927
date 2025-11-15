--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c4f945591c4d9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd581205740bf4b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e5582d3f2024e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c0133f6fcef4deb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R030a2c2965a94229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e5582d3f2024e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41c1a9f7797b41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c0133f6fcef4deb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011660927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>