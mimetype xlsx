--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd581205740bf4b54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31df4326d34944f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c0133f6fcef4deb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d20600b6d34451"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41c1a9f7797b41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c0133f6fcef4deb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a210c7c1f414aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d20600b6d34451" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011660927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>239,076</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>238,122</x:t>
-[...220 lines deleted...]
-          <x:t>239,081</x:t>
+          <x:t>241,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>