--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31df4326d34944f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a68730dcd54cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d20600b6d34451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4968da1e744b08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a210c7c1f414aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d20600b6d34451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb92d6f10ea004321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4968da1e744b08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011660927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>