--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a68730dcd54cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe3260107784980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4968da1e744b08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9acd0b4938d34870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb92d6f10ea004321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4968da1e744b08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1cb45a94f9451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9acd0b4938d34870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011660927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>244,199</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>