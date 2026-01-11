--- v0 (2025-10-02)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a830b269884ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf419d4ae5d642b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R770b7d38b1db4546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8536f4fb30bb42ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra752a50b30d6488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R770b7d38b1db4546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc797935687e849f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8536f4fb30bb42ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Water ESG Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010527275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>63,656</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>