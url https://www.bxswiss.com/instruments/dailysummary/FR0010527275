--- v1 (2026-01-11)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf419d4ae5d642b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01980cd25134c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8536f4fb30bb42ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b20a10d668c4b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc797935687e849f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8536f4fb30bb42ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radbff22fa60f42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b20a10d668c4b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Water ESG Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010527275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>64,301</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>