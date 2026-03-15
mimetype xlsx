--- v2 (2026-02-23)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re01980cd25134c72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dce3b4e70784da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b20a10d668c4b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24bdc1e310074a1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radbff22fa60f42b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b20a10d668c4b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5631e76cf40d4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24bdc1e310074a1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Water ESG Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010527275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>64,683</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>66,391</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>