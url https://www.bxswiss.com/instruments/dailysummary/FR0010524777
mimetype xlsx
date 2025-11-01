--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2197233d8f0740b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f6ad25ac0842fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d0cef226314044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3a3ac86fd3f4347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7898a40c5a142af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d0cef226314044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb35d58b8cb70405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3a3ac86fd3f4347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI New Energy ESG Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010524777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>