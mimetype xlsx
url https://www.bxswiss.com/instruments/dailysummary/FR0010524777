--- v1 (2025-11-01)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f6ad25ac0842fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48708d7104464418" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3a3ac86fd3f4347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf8842a3935496d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb35d58b8cb70405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3a3ac86fd3f4347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618bafd06c024e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf8842a3935496d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI New Energy ESG Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010524777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...630 lines deleted...]
-          <x:t>31,418</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,178</x:t>
+          <x:t>31,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>