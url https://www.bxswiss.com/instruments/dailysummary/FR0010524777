--- v2 (2026-01-01)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48708d7104464418" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0688988b40bb49e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf8842a3935496d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R374812d925ec4229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618bafd06c024e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf8842a3935496d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab3aadad6b384613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R374812d925ec4229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI New Energy ESG Screened UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010524777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>31,109</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>