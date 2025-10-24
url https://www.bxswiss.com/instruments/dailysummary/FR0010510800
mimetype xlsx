--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd38ef4666bf741a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26ac09dbe37454d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced74c839a5d4127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4472996e1f4e459c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8438f91f3b144c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced74c839a5d4127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fd3ef32d21942a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4472996e1f4e459c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EUR Overnight Return UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010510800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,485 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...254 lines deleted...]
-          <x:t>112,290</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,313</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,342</x:t>
@@ -744,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>