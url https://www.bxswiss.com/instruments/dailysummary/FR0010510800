--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26ac09dbe37454d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eff5e67b5684bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4472996e1f4e459c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f1270b3fd44e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fd3ef32d21942a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4472996e1f4e459c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e95f734ead947d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f1270b3fd44e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EUR Overnight Return UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010510800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>112,375</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,455</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,507</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>