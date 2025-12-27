--- v2 (2025-11-14)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eff5e67b5684bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8dc2a8ddeec4504" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f1270b3fd44e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R556cdb478fa04edd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e95f734ead947d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f1270b3fd44e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c4c6070be249c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R556cdb478fa04edd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EUR Overnight Return UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010510800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...598 lines deleted...]
-          <x:t>112,620</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,799</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>112,664</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>