--- v3 (2025-12-27)
+++ v4 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8dc2a8ddeec4504" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R180dd519cff8485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R556cdb478fa04edd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63bc98263ba74163"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c4c6070be249c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R556cdb478fa04edd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R686905ba38ee448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63bc98263ba74163" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EUR Overnight Return UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010510800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>