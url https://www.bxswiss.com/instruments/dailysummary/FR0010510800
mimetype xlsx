--- v4 (2026-01-16)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R180dd519cff8485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5fc6d00b77430b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63bc98263ba74163"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R068845f9d4d94a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R686905ba38ee448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63bc98263ba74163" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R738eef938b654983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R068845f9d4d94a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EUR Overnight Return UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010510800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>113,058</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>