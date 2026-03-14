--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5fc6d00b77430b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa7792bb2454d82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R068845f9d4d94a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb68868b4a4834ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R738eef938b654983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R068845f9d4d94a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd47c2bf42dbf4d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb68868b4a4834ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EUR Overnight Return UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010510800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,196</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>113,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,206</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>