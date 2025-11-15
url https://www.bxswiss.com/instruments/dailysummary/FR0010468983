--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re128f71b5cbd42ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc02ac474b52495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re64ac9881c0f4aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60ebd84fd7846fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R749ce868bb74429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re64ac9881c0f4aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0ed5c86aca45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60ebd84fd7846fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 Daily (2x) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010468983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>63,132</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>