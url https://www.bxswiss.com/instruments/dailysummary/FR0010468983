--- v1 (2025-11-15)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc02ac474b52495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R743ace86732a4e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re60ebd84fd7846fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf70c136c298748f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0ed5c86aca45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re60ebd84fd7846fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba1e2549f154cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf70c136c298748f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 Daily (2x) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010468983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>62,243</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,718</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...526 lines deleted...]
-          <x:t>67,117</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,323</x:t>
-[...26 lines deleted...]
-          <x:t>64,103</x:t>
+          <x:t>65,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>