--- v2 (2025-12-25)
+++ v3 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R743ace86732a4e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46193e8f6ba04b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf70c136c298748f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R752284152e3144d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba1e2549f154cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf70c136c298748f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f9e020caa64a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R752284152e3144d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 Daily (2x) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010468983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>65,777</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>