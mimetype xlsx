--- v3 (2026-02-19)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46193e8f6ba04b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73143e10a60946ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R752284152e3144d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b4c90b4fd524fce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8f9e020caa64a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R752284152e3144d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec9d7c59ebaf4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b4c90b4fd524fce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 Daily (2x) Leveraged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010468983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>