--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe8ba6c1a9543bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39418e0ac74a48ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7063c3dced7f47fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc99da7c4c8a4148"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3988a76f4dc4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7063c3dced7f47fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc74d5ab3a35d4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc99da7c4c8a4148" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets III UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010435297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>13,496</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,532</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>06.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,885</x:t>
-[...171 lines deleted...]
-          <x:t>13,580</x:t>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>