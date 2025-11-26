--- v1 (2025-11-04)
+++ v2 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39418e0ac74a48ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4acd49570d8413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc99da7c4c8a4148"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769c0865a21e4821"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc74d5ab3a35d4a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc99da7c4c8a4148" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fde1fd42997428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769c0865a21e4821" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets III UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010435297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>13,920</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,797</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>13,817</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,818</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>14,359</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>