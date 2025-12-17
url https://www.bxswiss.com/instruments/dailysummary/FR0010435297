--- v2 (2025-11-26)
+++ v3 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4acd49570d8413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033537023e454054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769c0865a21e4821"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4bc38e3958d448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fde1fd42997428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769c0865a21e4821" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c74cfe7de646e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4bc38e3958d448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets III UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010435297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>14,142</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,876</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>13,798</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>