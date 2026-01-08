--- v3 (2025-12-17)
+++ v4 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033537023e454054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61482e44a7f5407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4bc38e3958d448e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870e33a8a0744113"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c74cfe7de646e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4bc38e3958d448e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ccd9eeb5ef4219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870e33a8a0744113" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets III UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010435297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,951</x:t>
-[...4 lines deleted...]
-          <x:t>13,845</x:t>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,896</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>13,987</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,856</x:t>
-[...362 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>13,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>13,596</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>