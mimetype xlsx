--- v4 (2026-01-08)
+++ v5 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61482e44a7f5407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97c6a163fa954b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870e33a8a0744113"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf475bf14f4564500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ccd9eeb5ef4219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870e33a8a0744113" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea50d5c0eef4a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf475bf14f4564500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets III UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010435297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>