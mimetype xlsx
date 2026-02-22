--- v5 (2026-02-01)
+++ v6 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97c6a163fa954b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670b56d8a62e4b0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf475bf14f4564500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6cc1de37002400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea50d5c0eef4a8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf475bf14f4564500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce335412abe44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6cc1de37002400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets III UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010435297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>14,734</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,585</x:t>
-[...92 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>14,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,837</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>15,026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,011</x:t>
-[...301 lines deleted...]
-          <x:t>14,866</x:t>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>