--- v6 (2026-02-22)
+++ v7 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670b56d8a62e4b0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90942c2233414938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6cc1de37002400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra162e7b0a56d4789"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce335412abe44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6cc1de37002400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445c29257ef94ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra162e7b0a56d4789" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Emerging Markets III UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010435297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>14,917</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>15,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>