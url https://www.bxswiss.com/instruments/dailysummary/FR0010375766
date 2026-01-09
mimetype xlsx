--- v0 (2025-11-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f13c1e0c4df4520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfddacf455324ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854fb1ac08e94c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16702e1d06e442fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R410d80105fcc4314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854fb1ac08e94c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f2ce103ab574ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16702e1d06e442fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI India II UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010375766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>26,462</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,279</x:t>
-[...48 lines deleted...]
-          <x:t>26,004</x:t>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,059</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>26,347</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>