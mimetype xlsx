--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfddacf455324ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f4242f8b444b16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16702e1d06e442fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f0aa89fb05f43d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f2ce103ab574ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16702e1d06e442fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e5d6b0fde9e4927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f0aa89fb05f43d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI India II UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010375766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>