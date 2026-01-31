--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0f4242f8b444b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc0047649ee4717" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f0aa89fb05f43d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d2849385dae4621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e5d6b0fde9e4927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f0aa89fb05f43d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re09022609302485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d2849385dae4621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI India II UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010375766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>25,627</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,677</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>25,581</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,428</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>25,714</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>