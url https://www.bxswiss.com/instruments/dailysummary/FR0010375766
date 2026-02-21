--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc0047649ee4717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4866a8f0f26940d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d2849385dae4621"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf710da474a4b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re09022609302485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d2849385dae4621" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra28041336a9b4db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf710da474a4b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI India II UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010375766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>