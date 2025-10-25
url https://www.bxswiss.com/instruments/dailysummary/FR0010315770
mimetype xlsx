--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd076c88697a04ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78cc514334734276" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36b128d3916f4274"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f095061fc948b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81981e999208468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36b128d3916f4274" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db3412071ac472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f095061fc948b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010315770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>