--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78cc514334734276" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7c966cbae1c436e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f095061fc948b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R951736f281334f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db3412071ac472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f095061fc948b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae9cdc6ccdc4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R951736f281334f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010315770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>