--- v2 (2025-11-15)
+++ v3 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7c966cbae1c436e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e0ff915a9c4a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R951736f281334f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc944851151e43d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbae9cdc6ccdc4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R951736f281334f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1abd916f4bc4f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc944851151e43d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010315770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>346,686</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>