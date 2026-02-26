--- v3 (2025-12-28)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e0ff915a9c4a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3ffd8c1dce34ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc944851151e43d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f6e226b705d4f6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1abd916f4bc4f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc944851151e43d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02f0c93ee6f64d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f6e226b705d4f6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010315770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>349,125</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>