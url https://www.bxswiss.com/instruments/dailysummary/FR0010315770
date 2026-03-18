--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3ffd8c1dce34ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re59568aad31d4188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f6e226b705d4f6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ba3fbef66be485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02f0c93ee6f64d35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f6e226b705d4f6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8393cbc988042e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ba3fbef66be485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World II UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010315770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,532</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>