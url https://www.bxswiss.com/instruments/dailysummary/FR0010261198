--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84c102c1cf7b46b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c927351c674a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R878c2e71c6654849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb8209cf15884216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R918a16d4cbe44658" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R878c2e71c6654849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R402c7931c2f645fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb8209cf15884216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010261198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>195,929</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>