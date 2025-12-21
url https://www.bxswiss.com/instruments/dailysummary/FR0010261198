--- v1 (2025-11-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c927351c674a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61082b1e67a43e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb8209cf15884216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c8c01acf30426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R402c7931c2f645fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb8209cf15884216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c162178d37442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c8c01acf30426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010261198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>