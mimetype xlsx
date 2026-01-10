--- v2 (2025-12-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61082b1e67a43e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3064ea7efaf44a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c8c01acf30426b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a52e7fd4124313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c162178d37442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c8c01acf30426b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c52365ec07492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a52e7fd4124313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010261198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>