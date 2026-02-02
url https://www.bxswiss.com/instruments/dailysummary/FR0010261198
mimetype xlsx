--- v3 (2026-01-10)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3064ea7efaf44a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f1e87966514aca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a52e7fd4124313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7051e2b5f9e243e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c52365ec07492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a52e7fd4124313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7f7844567c4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7051e2b5f9e243e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010261198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>