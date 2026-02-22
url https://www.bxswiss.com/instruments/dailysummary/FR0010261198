--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f1e87966514aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963bc10185bb4c2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7051e2b5f9e243e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d74f0bab1642c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7f7844567c4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7051e2b5f9e243e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9dfc60673144dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d74f0bab1642c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010261198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,894</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>209,127</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>