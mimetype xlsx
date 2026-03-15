--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963bc10185bb4c2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce78e89a94484d08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d74f0bab1642c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe83f1bd920142a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9dfc60673144dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d74f0bab1642c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4245b7a8f0474747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe83f1bd920142a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI Europe II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010261198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>