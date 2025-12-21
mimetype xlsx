--- v0 (2025-11-13)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f1ea67560cb487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf37c661648b74ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c09cfc859ed43bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ce26716ef74a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf508dd3a60af4435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c09cfc859ed43bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e484c1f975e4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ce26716ef74a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi IBEX 35 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010251744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,226 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>174,289</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>