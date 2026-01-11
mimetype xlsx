--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf37c661648b74ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a42a3502074fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ce26716ef74a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975a11047f144c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e484c1f975e4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ce26716ef74a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02aa62c0f705491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975a11047f144c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi IBEX 35 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010251744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>