--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a42a3502074fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8faaf1abfc1042cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975a11047f144c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3e7888f49ba4591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02aa62c0f705491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975a11047f144c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc46f793097a54647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3e7888f49ba4591" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi IBEX 35 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0010251744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>