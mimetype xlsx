--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c7bf0fa529e4d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe6001fd1684fe4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6ce689d5613482f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9345c6a726d4e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb9361aa4f374d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6ce689d5613482f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aa4d26bc22444e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9345c6a726d4e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor Dow Jones Industrial Average UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007056841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>