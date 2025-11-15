--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fe6001fd1684fe4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1297b06450ab42d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9345c6a726d4e3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0aa00eab0784ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aa4d26bc22444e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9345c6a726d4e3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a0ec66951c4b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0aa00eab0784ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor Dow Jones Industrial Average UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007056841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>403,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>403,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>