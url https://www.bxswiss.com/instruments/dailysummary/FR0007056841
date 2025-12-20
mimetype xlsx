--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1297b06450ab42d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804dd9bf522949ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0aa00eab0784ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f7e40469f04891"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a0ec66951c4b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0aa00eab0784ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768d5166b1914a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f7e40469f04891" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor Dow Jones Industrial Average UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007056841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,621</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>412,758</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>