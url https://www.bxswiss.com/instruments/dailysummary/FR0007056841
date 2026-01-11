--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804dd9bf522949ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96acdb0fec8d4e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f7e40469f04891"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d1e24db09874eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768d5166b1914a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f7e40469f04891" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1833ccc95d764b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d1e24db09874eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor Dow Jones Industrial Average UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007056841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>