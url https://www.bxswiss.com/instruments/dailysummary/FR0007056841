--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96acdb0fec8d4e48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e7b83f75c346ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d1e24db09874eb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13315b5a512a4c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1833ccc95d764b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d1e24db09874eb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2a1b65dcf04a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13315b5a512a4c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor Dow Jones Industrial Average UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007056841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>428,718</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>