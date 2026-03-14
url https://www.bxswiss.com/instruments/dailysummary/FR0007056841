--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e7b83f75c346ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdac7789636404442" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13315b5a512a4c0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52fff7f2d5ab406f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2a1b65dcf04a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13315b5a512a4c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdca5c02e5d5e44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52fff7f2d5ab406f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lyxor Dow Jones Industrial Average UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007056841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>419,946</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>413,555</x:t>
-[...485 lines deleted...]
-          <x:t>422,974</x:t>
+          <x:t>412,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>