--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6095bf237a6e42b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ca71f274e214e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96593c13b5e74e7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R839b40838b874f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95206fde15b04be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96593c13b5e74e7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3d1b43f649d4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R839b40838b874f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007054358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>