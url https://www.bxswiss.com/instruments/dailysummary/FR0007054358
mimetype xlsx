--- v1 (2025-11-02)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ca71f274e214e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re885f9a8dca24f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R839b40838b874f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932aa09635644775"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3d1b43f649d4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R839b40838b874f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2dfe752e474b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932aa09635644775" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007054358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,304</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>