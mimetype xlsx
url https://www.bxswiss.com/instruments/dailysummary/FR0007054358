--- v2 (2026-01-31)
+++ v3 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re885f9a8dca24f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f3687ab8c7c43fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932aa09635644775"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R442835ffa37f4053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2dfe752e474b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932aa09635644775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0d64a757957406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R442835ffa37f4053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi EURO STOXX 50 II UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0007054358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,436</x:t>
-[...117 lines deleted...]
-          <x:t>60,704</x:t>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>