--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c858f20086447a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562dd024282e4348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refb79a03afee476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81db6fd4158542f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb8ad32c5c84a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refb79a03afee476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bcb1aee1bd84d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81db6fd4158542f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFSF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU000A1G0EL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,455</x:t>
-[...4 lines deleted...]
-          <x:t>88,330</x:t>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,605</x:t>
-[...4 lines deleted...]
-          <x:t>88,360</x:t>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>88,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>