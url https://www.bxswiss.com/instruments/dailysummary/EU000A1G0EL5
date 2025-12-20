--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562dd024282e4348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f4f756829834f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81db6fd4158542f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb283105c34994475"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bcb1aee1bd84d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81db6fd4158542f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5e38e4a53a74253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb283105c34994475" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFSF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU000A1G0EL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>88,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,210</x:t>
-[...92 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,405</x:t>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,340</x:t>
-[...377 lines deleted...]
-          <x:t>88,780</x:t>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>