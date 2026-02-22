--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f4f756829834f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79b84899e994554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb283105c34994475"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd09525ec4e0460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5e38e4a53a74253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb283105c34994475" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3435f47b154cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd09525ec4e0460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFSF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU000A1G0EL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>88,950</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>88,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>