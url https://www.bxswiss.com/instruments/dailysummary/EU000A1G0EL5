--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79b84899e994554" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd654afbd258847e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd09525ec4e0460d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra49f1ac2ba884f2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3435f47b154cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd09525ec4e0460d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6fa8254cb3a4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra49f1ac2ba884f2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFSF 31</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU000A1G0EL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>89,330</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,320</x:t>
-[...145 lines deleted...]
-        <x:is>
           <x:t>89,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>89,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>