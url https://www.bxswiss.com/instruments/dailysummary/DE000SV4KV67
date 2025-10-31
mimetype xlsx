--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab3142b7d594ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf79a9caf48f14ad4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43771c5f00e451f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41125add24fb440f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8753885d599f45b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43771c5f00e451f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf67e4f7ab64793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41125add24fb440f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Apple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SV4KV67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,125</x:t>
-[...48 lines deleted...]
-          <x:t>7,145</x:t>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,105</x:t>
-[...156 lines deleted...]
-          <x:t>7,015</x:t>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>7,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>