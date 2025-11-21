--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf79a9caf48f14ad4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff038305470498c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41125add24fb440f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a032714c1e4197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf67e4f7ab64793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41125add24fb440f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b22290d54814d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a032714c1e4197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Apple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SV4KV67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>7,015</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,965</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>