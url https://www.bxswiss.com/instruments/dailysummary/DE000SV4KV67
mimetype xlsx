--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff038305470498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b0bf7aa39b44818" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a032714c1e4197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f1d394eefa54160"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b22290d54814d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a032714c1e4197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94fd7b57d054487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f1d394eefa54160" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Apple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SV4KV67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>8,275</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>29.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,405</x:t>
-[...16 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,675</x:t>
-[...166 lines deleted...]
-          <x:t>8,125</x:t>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>8,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>