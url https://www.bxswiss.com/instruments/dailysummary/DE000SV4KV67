--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b0bf7aa39b44818" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572f20dd72dd40e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f1d394eefa54160"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c5e58410d1b444a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94fd7b57d054487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f1d394eefa54160" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519c07976b6348c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c5e58410d1b444a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Apple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SV4KV67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,990</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,875</x:t>
-[...26 lines deleted...]
-          <x:t>7,870</x:t>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>8,815</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,755</x:t>
-[...465 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>8,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>8,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>