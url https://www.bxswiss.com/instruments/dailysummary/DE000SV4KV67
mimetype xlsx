--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572f20dd72dd40e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd4be2f05864813" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c5e58410d1b444a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dcb9244ceff47cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519c07976b6348c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c5e58410d1b444a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae37504a8e9a4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dcb9244ceff47cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Apple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SV4KV67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>8,280</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,405</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,290</x:t>
-[...31 lines deleted...]
-          <x:t>7,045</x:t>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>