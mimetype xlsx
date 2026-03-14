--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd4be2f05864813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60d8e1b7c1e4f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dcb9244ceff47cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R908d29dbf6234b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae37504a8e9a4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dcb9244ceff47cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162c818724f74fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R908d29dbf6234b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Apple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SV4KV67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>6,335</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,315</x:t>
-[...53 lines deleted...]
-          <x:t>6,150</x:t>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>7,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>