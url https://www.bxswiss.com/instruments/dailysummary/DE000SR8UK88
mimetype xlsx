--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300472db75004b3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27a8c3f2a7ea4e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371c4580c29f46af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade69b3da0cf44de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2a41d355704ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371c4580c29f46af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72bb43518c7c4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade69b3da0cf44de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SR8UK88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>22,145</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,285</x:t>
-[...65 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,625</x:t>
-[...48 lines deleted...]
-          <x:t>23,055</x:t>
+          <x:t>22,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,625</x:t>
-[...409 lines deleted...]
-          <x:t>21,810</x:t>
+          <x:t>22,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>