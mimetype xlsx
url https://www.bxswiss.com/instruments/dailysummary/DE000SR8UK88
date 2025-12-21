--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27a8c3f2a7ea4e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77257c221cd6418b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rade69b3da0cf44de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea2ed0ba02ab4ec7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72bb43518c7c4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rade69b3da0cf44de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e38a2deeb494dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea2ed0ba02ab4ec7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SR8UK88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>21,875</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,760</x:t>
-[...16 lines deleted...]
-          <x:t>22,015</x:t>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,560</x:t>
-[...399 lines deleted...]
-          <x:t>22,435</x:t>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>23,975</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>