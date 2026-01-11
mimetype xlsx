--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77257c221cd6418b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733cc02716e348b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea2ed0ba02ab4ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49506c4be25347c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e38a2deeb494dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea2ed0ba02ab4ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e41c3415f746d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49506c4be25347c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SR8UK88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>22,480</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,480</x:t>
-[...119 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,235</x:t>
-[...144 lines deleted...]
-          <x:t>24,110</x:t>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>