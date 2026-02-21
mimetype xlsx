--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R733cc02716e348b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a861fb28268495a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49506c4be25347c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120b3a59e3f14b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e41c3415f746d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49506c4be25347c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f45a16c5bbb4ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120b3a59e3f14b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SR8UK88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,460</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,235</x:t>
-[...102 lines deleted...]
-          <x:t>22,940</x:t>
+          <x:t>23,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>24,145</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,945</x:t>
-[...193 lines deleted...]
-          <x:t>24,200</x:t>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>