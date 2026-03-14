--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a861fb28268495a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f01352d81c41b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120b3a59e3f14b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22fd3f95c183489d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f45a16c5bbb4ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120b3a59e3f14b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f76a29c33494a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22fd3f95c183489d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SR8UK88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>