--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read437b719ca47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd82e833fa654a8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a804f2bc544ca2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d561b312adb4f52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd587d3f3dc194330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a804f2bc544ca2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb03b2eb09b6448ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d561b312adb4f52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0V9N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>2,660</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,870</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>