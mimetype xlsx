--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd82e833fa654a8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9111d999cbe4541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d561b312adb4f52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c26c6d619cf4995"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb03b2eb09b6448ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d561b312adb4f52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra633201bfa4344ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c26c6d619cf4995" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0V9N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,519</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,617</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>1,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>