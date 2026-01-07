--- v2 (2025-11-21)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9111d999cbe4541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e7df5d8f224ef8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c26c6d619cf4995"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2c46fc8878d470f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra633201bfa4344ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c26c6d619cf4995" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa82db1d37c4a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2c46fc8878d470f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0V9N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...468 lines deleted...]
-          <x:t>0,747</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,642</x:t>
-[...11 lines deleted...]
-          <x:t>0,610</x:t>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,492</x:t>
-        </x:is>
-[...138 lines deleted...]
-          <x:t>0,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>