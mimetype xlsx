--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e7df5d8f224ef8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810ea805b0b8441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2c46fc8878d470f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e8ffc12868b45a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa82db1d37c4a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2c46fc8878d470f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1124797a34dd49b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e8ffc12868b45a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0V9N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,490</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,492</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>