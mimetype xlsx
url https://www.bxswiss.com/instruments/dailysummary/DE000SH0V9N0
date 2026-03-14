--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810ea805b0b8441d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897eb089590249b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e8ffc12868b45a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd616adeb33f14004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1124797a34dd49b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e8ffc12868b45a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbeac496c9fe4b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd616adeb33f14004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0V9N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,276</x:t>
-[...75 lines deleted...]
-          <x:t>0,225</x:t>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,192</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,205</x:t>
-[...43 lines deleted...]
-          <x:t>0,267</x:t>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>0,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>