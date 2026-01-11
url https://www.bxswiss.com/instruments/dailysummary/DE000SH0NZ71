--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37087d05fd44b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb83099b800084eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7715c316fcab44c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64f2db4987bf479a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76e6ea00ad8a48d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7715c316fcab44c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281bd89ed7e14947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64f2db4987bf479a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Platinum Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0NZ71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,540</x:t>
-[...387 lines deleted...]
-          <x:t>2,375</x:t>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>