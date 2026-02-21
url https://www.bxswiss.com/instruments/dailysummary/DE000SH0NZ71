--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb83099b800084eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8538a42cad0742b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64f2db4987bf479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f96d631e054db5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281bd89ed7e14947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64f2db4987bf479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e061259b3e14dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f96d631e054db5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Platinum Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0NZ71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,840</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>1,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>