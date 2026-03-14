--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8538a42cad0742b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16aaf97d218e4a0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f96d631e054db5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590749a97df8487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e061259b3e14dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f96d631e054db5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32a71167407f41c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590749a97df8487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Platinum Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0NZ71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,113</x:t>
-[...16 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,101</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>0,071</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>0,102</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>