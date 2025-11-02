--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9b9ef840d2a427d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc48f044639364f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4647da301ba34d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf460b62328fe487f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dadd2cb3ee948d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4647da301ba34d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15297319bf1c472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf460b62328fe487f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0NZ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>