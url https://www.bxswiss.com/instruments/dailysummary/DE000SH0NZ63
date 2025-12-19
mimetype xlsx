--- v1 (2025-11-02)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc48f044639364f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32241b0a8ae344be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf460b62328fe487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28ffeeb544354349"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15297319bf1c472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf460b62328fe487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1658e7a8ac14f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28ffeeb544354349" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0NZ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>175,730</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>