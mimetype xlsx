--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32241b0a8ae344be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf21b6220cb469f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28ffeeb544354349"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea92763bcb7248bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1658e7a8ac14f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28ffeeb544354349" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82fe2c9ba99b4880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea92763bcb7248bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0NZ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>