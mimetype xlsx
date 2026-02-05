--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf21b6220cb469f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R715b7db29a0746e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea92763bcb7248bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77820eef37f94b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82fe2c9ba99b4880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea92763bcb7248bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c034f66b9034c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77820eef37f94b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0NZ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>