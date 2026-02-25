--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R715b7db29a0746e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe6a6037d384d4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77820eef37f94b5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95704e96e8b94fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c034f66b9034c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77820eef37f94b5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112218a76eee4ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95704e96e8b94fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0NZ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>589,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>596,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>568,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>579,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -717,50 +312,428 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>919,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>924,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>712,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>743,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>919,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>919,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>924,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>712,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>743,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>