--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe6a6037d384d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4a33ff0816e4f02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95704e96e8b94fc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc104f32c9934584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112218a76eee4ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95704e96e8b94fc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R301b42fd832d475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc104f32c9934584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0NZ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,412 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>743,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>