--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ee56d813a242b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93046d3d9621418e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d64aaff9ea4cbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04018f6683934422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a759f0e409748f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d64aaff9ea4cbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70f4e2381c540c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04018f6683934422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Copper Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0N0P4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>1,525</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
-[...6 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>1,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>