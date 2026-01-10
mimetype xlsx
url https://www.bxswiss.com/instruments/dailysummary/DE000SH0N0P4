--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93046d3d9621418e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab991c730b704974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04018f6683934422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5524adf4e00540cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70f4e2381c540c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04018f6683934422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra091d0abcd214bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5524adf4e00540cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Copper Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0N0P4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,899</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>