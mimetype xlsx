--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab991c730b704974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b1f8ff55fc4ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5524adf4e00540cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfdd1fa1a791493a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra091d0abcd214bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5524adf4e00540cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R742b749dd6704370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfdd1fa1a791493a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Copper Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0N0P4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,494</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,416</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,413</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,464</x:t>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>