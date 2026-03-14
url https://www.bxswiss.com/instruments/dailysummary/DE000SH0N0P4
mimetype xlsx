--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b1f8ff55fc4ca3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f89b1871d25490a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfdd1fa1a791493a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a3d38d3e31c46dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R742b749dd6704370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfdd1fa1a791493a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f1bfbf21854bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a3d38d3e31c46dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Copper Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0N0P4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,432</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,434</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,404</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,458</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,440</x:t>
-[...168 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...306 lines deleted...]
-          <x:t>0,417</x:t>
+          <x:t>0,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>