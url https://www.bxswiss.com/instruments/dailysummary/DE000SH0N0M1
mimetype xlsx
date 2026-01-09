--- v0 (2025-11-01)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bf252d547e54caa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85cf27cd735b4528" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f96ea65843145c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec27314e5aa4809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb900a7057b604c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f96ea65843145c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a1740eac06d4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec27314e5aa4809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0N0M1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,559</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,530</x:t>
-[...16 lines deleted...]
-          <x:t>0,555</x:t>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,538</x:t>
-[...33 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,603</x:t>
-[...225 lines deleted...]
-          <x:t>0,663</x:t>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>