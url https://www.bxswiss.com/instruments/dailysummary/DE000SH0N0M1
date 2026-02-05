--- v1 (2026-01-09)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85cf27cd735b4528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b3b5ee3fd14f49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec27314e5aa4809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b41fd200c142fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a1740eac06d4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec27314e5aa4809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re33b1aa59ecd473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b41fd200c142fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0N0M1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,430</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,414</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,392</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,408</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,427</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,428</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,413</x:t>
-[...63 lines deleted...]
-          <x:t>0,412</x:t>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>