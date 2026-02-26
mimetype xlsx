--- v2 (2026-02-05)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b3b5ee3fd14f49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88dfdd2752e2454e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b41fd200c142fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8afb4499e44f4c63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re33b1aa59ecd473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b41fd200c142fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ae0ffad1f240d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8afb4499e44f4c63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0N0M1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>0,283</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,276</x:t>
-[...65 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,236</x:t>
-[...43 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,191</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,202</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>0,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>