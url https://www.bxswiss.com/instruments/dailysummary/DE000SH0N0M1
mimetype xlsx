--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88dfdd2752e2454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5250c2fef11849e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8afb4499e44f4c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44a2ed3c43474559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ae0ffad1f240d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8afb4499e44f4c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2ffdebc6e9a495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44a2ed3c43474559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SH0N0M1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,202</x:t>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,154</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,191</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,221</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,215</x:t>
-[...70 lines deleted...]
-          <x:t>0,203</x:t>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,187</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,190</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>0,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>