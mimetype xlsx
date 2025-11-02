--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94be1d96c3e4446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65fd312273cb470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2d52d4b3754d50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58b322ee3acd4e71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re35d216866e546a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2d52d4b3754d50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d6dd44b9f4042a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58b322ee3acd4e71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Siemens Healthineers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF5FUE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,290</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,305</x:t>
-        </x:is>
-[...553 lines deleted...]
-          <x:t>1,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>