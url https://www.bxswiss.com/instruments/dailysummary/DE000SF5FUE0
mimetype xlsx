--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65fd312273cb470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf0d6663ef4d4e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58b322ee3acd4e71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R000e71044f0b47c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d6dd44b9f4042a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58b322ee3acd4e71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea58067b0974579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R000e71044f0b47c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Siemens Healthineers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF5FUE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>