--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf0d6663ef4d4e92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c7d29b807340bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R000e71044f0b47c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4f1367c4d0743df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea58067b0974579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R000e71044f0b47c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4e8b00d58d44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4f1367c4d0743df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Siemens Healthineers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF5FUE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>0,744</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,709</x:t>
-[...146 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>0,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,849</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,818</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>