--- v3 (2026-01-11)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c7d29b807340bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree04035b54434d5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4f1367c4d0743df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112596f554584194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4e8b00d58d44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4f1367c4d0743df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192a362d5ffd4bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112596f554584194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Siemens Healthineers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF5FUE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,814</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,861</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...431 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>