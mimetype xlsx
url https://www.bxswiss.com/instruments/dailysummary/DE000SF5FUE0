--- v4 (2026-02-19)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree04035b54434d5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb16336f54f24ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112596f554584194"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214893b3e79045db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192a362d5ffd4bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112596f554584194" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bdf9b61c9fd442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214893b3e79045db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Siemens Healthineers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF5FUE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>0,750</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,666</x:t>
-[...43 lines deleted...]
-          <x:t>0,699</x:t>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,651</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>0,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,614</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,661</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>