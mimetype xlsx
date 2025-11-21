--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ffbe408dc3c4e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59abe926c4614e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff48177d82494f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f6e6ff1f3a402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde9d4276b12a4bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff48177d82494f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R970d031a8b1849a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f6e6ff1f3a402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Put Warrant on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF58BS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,560</x:t>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,572</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,563</x:t>
-[...60 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,547</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>0,574</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,537</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,571</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>