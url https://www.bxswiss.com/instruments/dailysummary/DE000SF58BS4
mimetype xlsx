--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59abe926c4614e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc929eed366c149ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f6e6ff1f3a402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7706a216874854"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R970d031a8b1849a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f6e6ff1f3a402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76ed8434c6042cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7706a216874854" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Put Warrant on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF58BS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,574</x:t>
-[...188 lines deleted...]
-          <x:t>0,530</x:t>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,524</x:t>
-[...16 lines deleted...]
-          <x:t>0,526</x:t>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,502</x:t>
-[...21 lines deleted...]
-          <x:t>0,480</x:t>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>0,541</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>