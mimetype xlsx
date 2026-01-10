--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc929eed366c149ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fda4eff7d144018" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7706a216874854"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R627679c02c234ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76ed8434c6042cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7706a216874854" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6782a8a73f9041ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R627679c02c234ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Put Warrant on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF58BS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,456</x:t>
-[...16 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,443</x:t>
-[...26 lines deleted...]
-          <x:t>0,428</x:t>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,424</x:t>
-[...141 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,432</x:t>
-[...21 lines deleted...]
-          <x:t>0,416</x:t>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,416</x:t>
+          <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,441</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,446</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>0,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>