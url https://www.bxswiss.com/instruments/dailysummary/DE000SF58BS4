--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fda4eff7d144018" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re374b2f03a0d4d88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R627679c02c234ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6580128e974bab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6782a8a73f9041ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R627679c02c234ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5086d0dd7d4e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6580128e974bab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Put Warrant on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF58BS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,428</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,419</x:t>
-[...11 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,426</x:t>
-[...102 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,403</x:t>
-[...16 lines deleted...]
-          <x:t>0,416</x:t>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,437</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,444</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>0,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>