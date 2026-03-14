--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re374b2f03a0d4d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb1b5538df2649c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6580128e974bab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R904cc5fd906b46e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5086d0dd7d4e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6580128e974bab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra802c773188f482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R904cc5fd906b46e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Put Warrant on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF58BS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,450</x:t>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,433</x:t>
-[...65 lines deleted...]
-          <x:t>0,433</x:t>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>0,444</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>