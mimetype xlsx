--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R444714818a274604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40840014161a4298" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3537c568f36c4a97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R745b008e5c184054"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde2b25bdac824067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3537c568f36c4a97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf94c98be6541f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R745b008e5c184054" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF47QZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,170</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>