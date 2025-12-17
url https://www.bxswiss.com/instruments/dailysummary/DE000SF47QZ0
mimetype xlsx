--- v1 (2025-11-21)
+++ v2 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40840014161a4298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc86704161641d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R745b008e5c184054"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb463839f70344231"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf94c98be6541f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R745b008e5c184054" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f337b6c445043ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb463839f70344231" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF47QZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,795</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...21 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,655</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,435</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
-[...4 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>1,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>