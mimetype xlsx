--- v2 (2025-12-17)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc86704161641d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R405ce4529bbd48fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb463839f70344231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc4b3e0b991248e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f337b6c445043ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb463839f70344231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7c406bb91a4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc4b3e0b991248e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF47QZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,545</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>1,645</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>