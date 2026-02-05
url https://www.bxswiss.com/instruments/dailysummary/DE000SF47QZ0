--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R405ce4529bbd48fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe60d77d91745a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc4b3e0b991248e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc308e6e52cde47e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c7c406bb91a4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc4b3e0b991248e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedf2b0879624774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc308e6e52cde47e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF47QZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,505</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,395</x:t>
-[...303 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,350</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>0,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>