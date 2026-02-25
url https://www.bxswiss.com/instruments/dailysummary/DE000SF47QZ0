--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe60d77d91745a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b5c9793be64b8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc308e6e52cde47e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R872cac55ce7e4efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedf2b0879624774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc308e6e52cde47e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4baba86e27c43f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R872cac55ce7e4efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF47QZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,969</x:t>
-[...544 lines deleted...]
-          <x:t>1,350</x:t>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>