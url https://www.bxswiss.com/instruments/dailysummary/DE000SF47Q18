--- v0 (2025-10-10)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748f323c9169466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ba8efe5ec944e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R618217be0222420e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c664d398e4442f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c3c5491e094068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R618217be0222420e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6968003452c4fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c664d398e4442f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF47Q18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,005</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,575</x:t>
-[...588 lines deleted...]
-          <x:t>7,365</x:t>
+          <x:t>7,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,925</x:t>
-[...26 lines deleted...]
-          <x:t>6,895</x:t>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>