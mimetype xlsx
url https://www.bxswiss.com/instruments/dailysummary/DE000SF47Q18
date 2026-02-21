--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ba8efe5ec944e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b009410f5e24d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c664d398e4442f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f718c9269db4d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6968003452c4fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c664d398e4442f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf88f1705f9fb47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f718c9269db4d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF47Q18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>7,815</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>