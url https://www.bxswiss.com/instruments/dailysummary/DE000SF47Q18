--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b009410f5e24d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296a13d6202d4276" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f718c9269db4d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ee567e94ed4c56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf88f1705f9fb47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f718c9269db4d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e99271709d4fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ee567e94ed4c56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF47Q18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>8,695</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,285</x:t>
-[...119 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,005</x:t>
-[...58 lines deleted...]
-          <x:t>8,275</x:t>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>7,995</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>8,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>