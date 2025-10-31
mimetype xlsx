--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9226a0fe38084e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d40da2a8f84357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b88be40053a4a0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e86d4366085461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5deef426f694735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b88be40053a4a0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5a995f148f4068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e86d4366085461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,754</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,630</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,520</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>