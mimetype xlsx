--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d40da2a8f84357" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e3028827a04ac9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e86d4366085461c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb361211fd3074439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5a995f148f4068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e86d4366085461c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae3feaca369d49b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb361211fd3074439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>0,288</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,272</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>0,317</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>0,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>