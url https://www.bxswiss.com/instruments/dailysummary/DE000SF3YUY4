--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e3028827a04ac9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ea303aad3b34fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb361211fd3074439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df48bc6a77b48d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae3feaca369d49b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb361211fd3074439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71718592bfa94743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df48bc6a77b48d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,316</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,313</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,290</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...408 lines deleted...]
-          <x:t>14.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,232</x:t>
-[...117 lines deleted...]
-          <x:t>0,317</x:t>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>