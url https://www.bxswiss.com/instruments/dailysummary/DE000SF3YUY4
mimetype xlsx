--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ea303aad3b34fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae7421fe95454e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df48bc6a77b48d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae89fb22757f4fb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71718592bfa94743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df48bc6a77b48d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507b4f0904a84de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae89fb22757f4fb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,245</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,235</x:t>
-[...70 lines deleted...]
-          <x:t>0,239</x:t>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,196</x:t>
-[...4 lines deleted...]
-          <x:t>0,170</x:t>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,193</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,181</x:t>
-[...178 lines deleted...]
-          <x:t>0,193</x:t>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,190</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,185</x:t>
-[...53 lines deleted...]
-          <x:t>0,178</x:t>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>