--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae7421fe95454e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00e013efb2e4919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae89fb22757f4fb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b54060177bc4b3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507b4f0904a84de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae89fb22757f4fb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6297ab272ad44701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b54060177bc4b3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,136</x:t>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,111</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,114</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,121</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>