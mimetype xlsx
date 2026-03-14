--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00e013efb2e4919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ede61a7eed477f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b54060177bc4b3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R096c50b0627443ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6297ab272ad44701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b54060177bc4b3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63fd998a0fee461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R096c50b0627443ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,121</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>0,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,115</x:t>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,115</x:t>
-[...43 lines deleted...]
-          <x:t>0,112</x:t>
+          <x:t>0,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,108</x:t>
-[...107 lines deleted...]
-          <x:t>0,097</x:t>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>