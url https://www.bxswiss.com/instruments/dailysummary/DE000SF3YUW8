--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863ff736cdcd407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd02b31375f9e4fda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref00f918d5864923"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d8b1a94685e4cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f8519137bf4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref00f918d5864923" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241e5ccfe41c4403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d8b1a94685e4cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Hugo Boss</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,465</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,458</x:t>
-[...546 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>