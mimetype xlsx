--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd02b31375f9e4fda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13020455fc0e4f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d8b1a94685e4cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dda9df6226c4c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241e5ccfe41c4403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d8b1a94685e4cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb347498613b4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dda9df6226c4c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Hugo Boss</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...284 lines deleted...]
-          <x:t>0,503</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,658</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...6 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>0,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,646</x:t>
-[...80 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,626</x:t>
-[...97 lines deleted...]
-          <x:t>0,618</x:t>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...80 lines deleted...]
-          <x:t>0,623</x:t>
+          <x:t>0,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>