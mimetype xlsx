--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13020455fc0e4f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d5f02f4e1f84cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dda9df6226c4c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R915f918c760849fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb347498613b4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dda9df6226c4c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db71c988f8f4c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R915f918c760849fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Hugo Boss</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,677</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,666</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,676</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,611</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,558</x:t>
-[...97 lines deleted...]
-          <x:t>0,573</x:t>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,538</x:t>
-[...269 lines deleted...]
-          <x:t>0,624</x:t>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>