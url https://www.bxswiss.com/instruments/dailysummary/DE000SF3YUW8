--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d5f02f4e1f84cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc801e1bb014c1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R915f918c760849fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6345a7ae6f4f403a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db71c988f8f4c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R915f918c760849fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra01ab2dbddeb4a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6345a7ae6f4f403a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Hugo Boss</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YUW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>0,637</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,600</x:t>
-[...21 lines deleted...]
-          <x:t>0,573</x:t>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>0,506</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,521</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.02.2026</x:t>
-[...73 lines deleted...]
-          <x:t>0,509</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>