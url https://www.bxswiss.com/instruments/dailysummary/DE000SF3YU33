--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3df2dcfb2414fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848e5840a0244a6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34461f2d3ce24594"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dfe0c780fe741ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f72237af5c845da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34461f2d3ce24594" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577a06311ae04cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dfe0c780fe741ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Stellantis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YU33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>0,451</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,449</x:t>
-[...53 lines deleted...]
-          <x:t>0,478</x:t>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>