--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848e5840a0244a6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b9cc868c244efa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dfe0c780fe741ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R832ff464af904e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R577a06311ae04cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dfe0c780fe741ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R018f2b72681a4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R832ff464af904e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Stellantis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YU33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,152</x:t>
-[...48 lines deleted...]
-          <x:t>0,150</x:t>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,148</x:t>
-[...16 lines deleted...]
-          <x:t>0,162</x:t>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,155</x:t>
-[...16 lines deleted...]
-          <x:t>0,161</x:t>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,159</x:t>
-[...97 lines deleted...]
-          <x:t>0,157</x:t>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,157</x:t>
-[...16 lines deleted...]
-          <x:t>0,168</x:t>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,162</x:t>
-[...31 lines deleted...]
-          <x:t>0,171</x:t>
+          <x:t>0,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>