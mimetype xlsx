--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b9cc868c244efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a540e5ab3140d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R832ff464af904e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e9ec7baaec43c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R018f2b72681a4635" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R832ff464af904e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb6f80a628c4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e9ec7baaec43c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Stellantis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YU33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,167</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>