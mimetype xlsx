--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a540e5ab3140d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914d66a734fa4a4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e9ec7baaec43c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a6cf8cef88747d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb6f80a628c4ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e9ec7baaec43c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79752a46c6d4a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a6cf8cef88747d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Stellantis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YU33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,202</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>