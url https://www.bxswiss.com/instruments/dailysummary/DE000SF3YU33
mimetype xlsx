--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R914d66a734fa4a4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b2ed5491a094ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a6cf8cef88747d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44182cbb0e5543ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79752a46c6d4a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a6cf8cef88747d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6531db9217c44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44182cbb0e5543ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Stellantis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YU33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,311</x:t>
-[...188 lines deleted...]
-          <x:t>0,459</x:t>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...208 lines deleted...]
-          <x:t>0,452</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>