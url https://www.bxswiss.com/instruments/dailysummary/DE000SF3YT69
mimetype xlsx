--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc411a0433f424e94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a57f0ceb4364597" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R342827037172469a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19dde4b1a36b4009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racc6deb102a14543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R342827037172469a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02a0832dc620424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19dde4b1a36b4009" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>