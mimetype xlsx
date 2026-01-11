--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a57f0ceb4364597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R850f2d93455945af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19dde4b1a36b4009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5312095347c14c2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02a0832dc620424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19dde4b1a36b4009" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9bff988443946ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5312095347c14c2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>23,125</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>