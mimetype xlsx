--- v2 (2026-01-11)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R850f2d93455945af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e33f9cacd14b2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5312095347c14c2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd273b92628fa4c84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9bff988443946ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5312095347c14c2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87c2575c44f84ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd273b92628fa4c84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>