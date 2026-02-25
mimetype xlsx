--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e33f9cacd14b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a3a4013e759487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd273b92628fa4c84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9be6f8df644378"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87c2575c44f84ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd273b92628fa4c84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f54730eeb5e446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9be6f8df644378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3YT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,145</x:t>
-[...495 lines deleted...]
-          <x:t>51,800</x:t>
+          <x:t>44,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>