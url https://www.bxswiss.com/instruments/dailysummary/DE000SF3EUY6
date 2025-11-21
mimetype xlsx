--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5f78d1bc6894ccb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8774da562b2640bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93442d6bb3d8429b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bb93608a1aa4a42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d60af34aa5845be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93442d6bb3d8429b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf830b536660949c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bb93608a1aa4a42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3EUY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>195,025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>196,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>