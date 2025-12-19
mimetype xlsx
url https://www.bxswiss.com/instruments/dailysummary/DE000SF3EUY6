--- v1 (2025-11-21)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8774da562b2640bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d85f6af73214082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bb93608a1aa4a42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf519d73528f6454a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf830b536660949c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bb93608a1aa4a42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd14e3ba82624445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf519d73528f6454a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3EUY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...517 lines deleted...]
-          <x:t>208,145</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,845</x:t>
-[...112 lines deleted...]
-          <x:t>202,125</x:t>
+          <x:t>208,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>