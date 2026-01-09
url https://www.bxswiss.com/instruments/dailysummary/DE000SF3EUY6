--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d85f6af73214082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b866f1f3924b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf519d73528f6454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88fd092117164acd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd14e3ba82624445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf519d73528f6454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re78a89cf15734b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88fd092117164acd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3EUY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>