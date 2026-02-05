--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b866f1f3924b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10aed0c76f24f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88fd092117164acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0301069d76f649b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re78a89cf15734b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88fd092117164acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1cd37f772e4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0301069d76f649b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3EUY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>230,115</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>226,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>