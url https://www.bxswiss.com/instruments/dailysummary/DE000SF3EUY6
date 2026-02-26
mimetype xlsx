--- v4 (2026-02-05)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10aed0c76f24f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f43c4e2588e4c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0301069d76f649b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f6a8727710491e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1cd37f772e4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0301069d76f649b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88c87c65c8e474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f6a8727710491e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3EUY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>