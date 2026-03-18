--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f43c4e2588e4c04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R370161f5d151427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f6a8727710491e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90274c4a99314f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88c87c65c8e474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f6a8727710491e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6973cbc962104f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90274c4a99314f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF3EUY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>