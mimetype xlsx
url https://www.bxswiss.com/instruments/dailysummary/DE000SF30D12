--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6616460e2e4e4391" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53eb9c2c8136440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20edbacda7ee4857"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315565dec9334151"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcde03678337047bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20edbacda7ee4857" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aca88efcd104248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315565dec9334151" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF30D12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>16,795</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>