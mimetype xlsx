--- v1 (2026-02-05)
+++ v2 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53eb9c2c8136440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b066eedda8447a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315565dec9334151"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71eb927503424f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aca88efcd104248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315565dec9334151" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260bd050e06245bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71eb927503424f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF30D12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>26,625</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>26,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>