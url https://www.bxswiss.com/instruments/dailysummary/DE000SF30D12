--- v2 (2026-02-26)
+++ v3 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b066eedda8447a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c86737c85f34887" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71eb927503424f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810758d61cb44ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260bd050e06245bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71eb927503424f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bd50829d9e24b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810758d61cb44ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF30D12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>26,380</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,780</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>27,330</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,030</x:t>
-[...193 lines deleted...]
-          <x:t>29,565</x:t>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>