--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fc5c3d51a1e4646" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac22c4004d844bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2352e216e03744f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c5a4ecdae6b4a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2ae849571634575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2352e216e03744f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra13cc1a4dd114bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c5a4ecdae6b4a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on First Solar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF30BY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>12,515</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>