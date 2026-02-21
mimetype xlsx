--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac22c4004d844bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d93f84b1de4246" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c5a4ecdae6b4a09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17d1d43169f546d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra13cc1a4dd114bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c5a4ecdae6b4a09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf647ce6710764ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17d1d43169f546d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on First Solar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF30BY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>13,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,495</x:t>
-[...26 lines deleted...]
-          <x:t>13,280</x:t>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>