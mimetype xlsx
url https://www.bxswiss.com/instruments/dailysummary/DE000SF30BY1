--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d93f84b1de4246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3869ff75cf9e4934" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17d1d43169f546d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e7cf0689e5f480d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf647ce6710764ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17d1d43169f546d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra27c961673de421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e7cf0689e5f480d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on First Solar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF30BY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>10,735</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>11,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>13,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,495</x:t>
-[...328 lines deleted...]
-          <x:t>13,135</x:t>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>