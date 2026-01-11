--- v0 (2025-11-02)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6086d8dd5054416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431bf1ae75e54445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a630036e7614d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f8a7a2bf4f4408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce070f0e6a264624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a630036e7614d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289baf69c04b4002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f8a7a2bf4f4408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1W0S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,405</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>