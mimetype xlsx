--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431bf1ae75e54445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63211acbfe97437f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f8a7a2bf4f4408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea2ce6be63df4108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R289baf69c04b4002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f8a7a2bf4f4408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee6c294b7764f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea2ce6be63df4108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1W0S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,015</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,015</x:t>
-[...43 lines deleted...]
-          <x:t>4,335</x:t>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,370</x:t>
-[...33 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>4,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,225</x:t>
-[...16 lines deleted...]
-          <x:t>4,385</x:t>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,265</x:t>
-[...151 lines deleted...]
-          <x:t>4,365</x:t>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,365</x:t>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,915</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>4,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>4,780</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,600</x:t>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>