--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63211acbfe97437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a8692993c043b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea2ce6be63df4108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb690a4178394572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ee6c294b7764f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea2ce6be63df4108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b90b0cd7784f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb690a4178394572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1W0S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,060</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,060</x:t>
-[...16 lines deleted...]
-          <x:t>4,490</x:t>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,490</x:t>
-[...48 lines deleted...]
-          <x:t>4,465</x:t>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,410</x:t>
-[...512 lines deleted...]
-          <x:t>4,690</x:t>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>