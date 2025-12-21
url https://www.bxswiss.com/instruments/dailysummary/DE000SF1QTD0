--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b7bac8a797e4d43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd3eac52e6d9496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R605902af9c704315"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701b0b08de5a4248"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00d2c28307b241bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R605902af9c704315" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2eb9971be134440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701b0b08de5a4248" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1QTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,157</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,157</x:t>
-[...6 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,159</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>0,156</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,173</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>17.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,182</x:t>
-[...97 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,203</x:t>
-[...151 lines deleted...]
-          <x:t>0,222</x:t>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,217</x:t>
-[...193 lines deleted...]
-          <x:t>0,103</x:t>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>