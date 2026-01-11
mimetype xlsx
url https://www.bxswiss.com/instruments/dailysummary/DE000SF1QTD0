--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd3eac52e6d9496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4539a393f1424c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701b0b08de5a4248"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c77303ed814f27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2eb9971be134440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701b0b08de5a4248" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44cb69ff8d914cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c77303ed814f27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1QTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>0,146</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,159</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,169</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,183</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>0,184</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,211</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,240</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>