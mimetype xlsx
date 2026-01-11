--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4539a393f1424c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff2f5c9dc534590" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c77303ed814f27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22da5fb1764a4af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44cb69ff8d914cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c77303ed814f27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e9a756a4e14a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22da5fb1764a4af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1QTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>