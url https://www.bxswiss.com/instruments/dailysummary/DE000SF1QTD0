--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff2f5c9dc534590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464a705969a64bf7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22da5fb1764a4af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e9724d1abd4d88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e9a756a4e14a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22da5fb1764a4af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d105abda004328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e9724d1abd4d88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on HSBC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1QTD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,380</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>