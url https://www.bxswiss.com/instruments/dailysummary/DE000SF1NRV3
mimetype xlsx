--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeac4e5cfe304916" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63161c488ba40db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R077039d21b434b70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26211eda94a34777"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f9085a3b5be4b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R077039d21b434b70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7d720d24554ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26211eda94a34777" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,140</x:t>
-[...544 lines deleted...]
-          <x:t>6,920</x:t>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>