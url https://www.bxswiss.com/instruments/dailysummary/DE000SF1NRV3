--- v1 (2025-11-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63161c488ba40db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4af4c487de5b49d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26211eda94a34777"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760d66205d3a4989"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7d720d24554ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26211eda94a34777" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca760e86a2f4391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760d66205d3a4989" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>8,030</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,905</x:t>
-[...21 lines deleted...]
-          <x:t>6,620</x:t>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>7,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,650</x:t>
-[...463 lines deleted...]
-          <x:t>7,430</x:t>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>