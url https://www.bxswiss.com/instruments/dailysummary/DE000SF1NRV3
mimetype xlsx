--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4af4c487de5b49d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25df53df80cd4af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760d66205d3a4989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d66981726045ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca760e86a2f4391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760d66205d3a4989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e03d9c3add4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d66981726045ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,030</x:t>
-[...85 lines deleted...]
-          <x:t>7,070</x:t>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,015</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>9,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>7,780</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>