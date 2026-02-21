--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25df53df80cd4af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f1c23f366e4964" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d66981726045ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb74e908f16c4512"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9e03d9c3add4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d66981726045ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e9c8d475ab4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb74e908f16c4512" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>11,175</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,245</x:t>
-[...80 lines deleted...]
-          <x:t>8,560</x:t>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>