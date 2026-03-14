--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f1c23f366e4964" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f2f3fa216541c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb74e908f16c4512"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd824bd9e2b944d36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e9c8d475ab4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb74e908f16c4512" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ae669cad7349a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd824bd9e2b944d36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>26,515</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,530</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>44,830</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>