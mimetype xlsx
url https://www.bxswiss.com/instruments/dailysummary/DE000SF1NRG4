--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14de205579614d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32bd3954086c4d21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0501ee6e7dd04a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c299dd431314f67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4e93abd7b345dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0501ee6e7dd04a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9611badccecd4fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c299dd431314f67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,393</x:t>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,390</x:t>
-[...539 lines deleted...]
-          <x:t>0,506</x:t>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>