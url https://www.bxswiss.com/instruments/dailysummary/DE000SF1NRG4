--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32bd3954086c4d21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7edcb82506744c97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c299dd431314f67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218a9538178e4e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9611badccecd4fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c299dd431314f67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9f65d61e0f4574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218a9538178e4e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,478</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,393</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,294</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>