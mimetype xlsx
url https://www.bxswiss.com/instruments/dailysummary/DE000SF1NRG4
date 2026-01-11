--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7edcb82506744c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35060f692fea49e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218a9538178e4e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f01276e5cc41e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc9f65d61e0f4574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218a9538178e4e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937f5e3498bb44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f01276e5cc41e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,335</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,324</x:t>
-[...70 lines deleted...]
-          <x:t>0,344</x:t>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>0,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>0,429</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>