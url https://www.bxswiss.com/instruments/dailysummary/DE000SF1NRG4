--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35060f692fea49e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9f4e8873f44012" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f01276e5cc41e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racb8dfbc2efb4725"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937f5e3498bb44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f01276e5cc41e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ef226d4a1341df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racb8dfbc2efb4725" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,274</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,236</x:t>
-[...53 lines deleted...]
-          <x:t>0,231</x:t>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>