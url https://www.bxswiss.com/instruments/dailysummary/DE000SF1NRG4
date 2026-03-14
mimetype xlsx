--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9f4e8873f44012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17c04de13524036" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racb8dfbc2efb4725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d860e8000b84d97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ef226d4a1341df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racb8dfbc2efb4725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree65a732966d4468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d860e8000b84d97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Hannover Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NRG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,206</x:t>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,183</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>21.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,194</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>0,164</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,218</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,208</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,172</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...208 lines deleted...]
-          <x:t>0,217</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>