--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b4a76683c34d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587a517e5fe841ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8235fee69468407a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee9c69393c640b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68b9761d84de455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8235fee69468407a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7f3b9e0d3249ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee9c69393c640b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NQ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,570</x:t>
-[...53 lines deleted...]
-          <x:t>6,285</x:t>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,050</x:t>
-[...33 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,620</x:t>
-[...188 lines deleted...]
-          <x:t>5,450</x:t>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,040</x:t>
-[...222 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,420</x:t>
-[...36 lines deleted...]
-          <x:t>5,895</x:t>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>