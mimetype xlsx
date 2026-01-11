--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587a517e5fe841ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9653f166444451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfee9c69393c640b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380b0488270f4a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7f3b9e0d3249ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfee9c69393c640b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82d4c8a70c8f4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380b0488270f4a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NQ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>6,425</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>4,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,500</x:t>
-[...48 lines deleted...]
-          <x:t>5,420</x:t>
+          <x:t>5,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,360</x:t>
-[...431 lines deleted...]
-          <x:t>5,160</x:t>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>