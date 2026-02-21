--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9653f166444451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd580c73f3824433f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380b0488270f4a2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1908e3bf62d84082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82d4c8a70c8f4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380b0488270f4a2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b599e30f2440ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1908e3bf62d84082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NQ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>7,255</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,605</x:t>
-[...269 lines deleted...]
-          <x:t>5,475</x:t>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>