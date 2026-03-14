--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd580c73f3824433f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8155f9b783ce4e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1908e3bf62d84082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b387b220bd4422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b599e30f2440ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1908e3bf62d84082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c72362cbb2448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b387b220bd4422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NQ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>3,790</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,655</x:t>
-[...200 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>5,860</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,810</x:t>
-[...328 lines deleted...]
-          <x:t>5,610</x:t>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>