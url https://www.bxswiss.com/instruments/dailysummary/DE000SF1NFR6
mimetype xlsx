--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9696c3d580644b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2628567b2d424bfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd09bec8ac4a64c48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72781dfb5aa84d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c0de059787d4fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd09bec8ac4a64c48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebad8dd8c9b44cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72781dfb5aa84d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NFR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,626</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,629</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>16.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,620</x:t>
-[...43 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,648</x:t>
-[...97 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,638</x:t>
-[...85 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,716</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,553</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>