--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2628567b2d424bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d80fce999964069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72781dfb5aa84d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870d6088f88047a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebad8dd8c9b44cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72781dfb5aa84d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R793caf84cc484280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870d6088f88047a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NFR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,529</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,584</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,599</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,586</x:t>
-[...11 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>0,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>