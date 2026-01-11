--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d80fce999964069" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa4d42befb14ff8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870d6088f88047a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ba738ebd4e411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R793caf84cc484280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870d6088f88047a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb4901baff14cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ba738ebd4e411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NFR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,584</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,687</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,692</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,637</x:t>
-[...43 lines deleted...]
-          <x:t>0,735</x:t>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,713</x:t>
-[...70 lines deleted...]
-          <x:t>0,793</x:t>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,742</x:t>
-[...355 lines deleted...]
-          <x:t>0,846</x:t>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>