--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa4d42befb14ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31acd2dc689b49a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3ba738ebd4e411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a3dc4a764e460a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb4901baff14cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3ba738ebd4e411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930da02411de437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a3dc4a764e460a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NFR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,744</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,744</x:t>
-[...16 lines deleted...]
-          <x:t>0,827</x:t>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,808</x:t>
-[...16 lines deleted...]
-          <x:t>0,854</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,854</x:t>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,879</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>1,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...53 lines deleted...]
-          <x:t>0,964</x:t>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>