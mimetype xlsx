--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31acd2dc689b49a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29957739b65d42d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a3dc4a764e460a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0331c29d794a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930da02411de437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a3dc4a764e460a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc93a488d5f6c492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0331c29d794a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF1NFR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,831</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>0,944</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>