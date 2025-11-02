--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6534dc16f5849da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02537e0c14a84089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50580b48ab844d3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5862805f9e2a4178"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a52d3f3525414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50580b48ab844d3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9144dc7a5c014c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5862805f9e2a4178" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF13KH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>