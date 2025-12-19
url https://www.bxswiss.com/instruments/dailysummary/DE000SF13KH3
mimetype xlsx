--- v1 (2025-11-02)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02537e0c14a84089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25c4c2ab8da45e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5862805f9e2a4178"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6c9dde701645c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9144dc7a5c014c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5862805f9e2a4178" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc070f0176f2941e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6c9dde701645c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF13KH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>102,270</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,020</x:t>
-[...31 lines deleted...]
-          <x:t>107,970</x:t>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>