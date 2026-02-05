--- v2 (2025-12-19)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25c4c2ab8da45e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc818c7e37647d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6c9dde701645c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9deddb84178040b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc070f0176f2941e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6c9dde701645c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed69e30e8054abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9deddb84178040b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF13KH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,820</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>