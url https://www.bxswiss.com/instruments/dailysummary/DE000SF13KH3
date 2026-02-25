--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc818c7e37647d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd833f433e5784893" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9deddb84178040b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re887b74a6b7c4ea9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbed69e30e8054abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9deddb84178040b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b4e8d4baf7b427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re887b74a6b7c4ea9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF13KH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>514,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -717,50 +312,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>902,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>908,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>639,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>686,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>902,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>908,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>639,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>686,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>