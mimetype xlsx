--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd833f433e5784893" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77d587955b78405c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re887b74a6b7c4ea9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57cc88c96c04c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b4e8d4baf7b427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re887b74a6b7c4ea9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2d3d3e45ccc4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57cc88c96c04c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF13KH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,412 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>686,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>