--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffc28c7bff24298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b1c8ee6f41a445e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b84cca34f1a463a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0fd07ab16645b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1022ba687d544e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b84cca34f1a463a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e83ddaed5c4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0fd07ab16645b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Silver Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF13KF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>12,980</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,940</x:t>
-[...247 lines deleted...]
-          <x:t>16,405</x:t>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>