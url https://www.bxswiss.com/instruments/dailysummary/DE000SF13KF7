--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b1c8ee6f41a445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16540c5a8db54585" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0fd07ab16645b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcb5abfad98846c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e83ddaed5c4835" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0fd07ab16645b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2d58280e7d48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcb5abfad98846c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Silver Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF13KF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>13,930</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>