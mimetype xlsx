--- v2 (2026-01-07)
+++ v3 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16540c5a8db54585" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee2fc23e8c143f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcb5abfad98846c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d64e8e6312841ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2d58280e7d48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcb5abfad98846c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4806409d88d4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d64e8e6312841ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Silver Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF13KF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>72,940</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>