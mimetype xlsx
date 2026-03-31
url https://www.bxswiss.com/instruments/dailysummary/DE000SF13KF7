--- v3 (2026-02-19)
+++ v4 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee2fc23e8c143f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4662921ba2b470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d64e8e6312841ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60eea83006094e11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4806409d88d4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d64e8e6312841ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1b4932b02054b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60eea83006094e11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Silver Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SF13KF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>15,760</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>