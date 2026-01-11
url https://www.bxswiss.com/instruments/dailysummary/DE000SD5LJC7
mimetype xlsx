--- v0 (2025-11-01)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f8caacf09a4493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra019a584439c4bee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4495e5133de1409e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fa493098b204c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51316bd0ec1a4669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4495e5133de1409e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4473e75372384bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fa493098b204c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5LJC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>2,625</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,625</x:t>
-[...58 lines deleted...]
-          <x:t>2,555</x:t>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>