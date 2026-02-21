--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra019a584439c4bee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fd9ce333e3a4d24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fa493098b204c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1779d93eafe42d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4473e75372384bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fa493098b204c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23bbd5429f44f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1779d93eafe42d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5LJC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>3,065</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>19.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,175</x:t>
-[...252 lines deleted...]
-          <x:t>3,155</x:t>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>