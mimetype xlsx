--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fd9ce333e3a4d24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ef5eb1b8dc435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1779d93eafe42d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcefe5fb3ed840c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23bbd5429f44f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1779d93eafe42d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb9456038a54759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcefe5fb3ed840c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5LJC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>2,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>2,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,305</x:t>
-[...161 lines deleted...]
-          <x:t>2,680</x:t>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>